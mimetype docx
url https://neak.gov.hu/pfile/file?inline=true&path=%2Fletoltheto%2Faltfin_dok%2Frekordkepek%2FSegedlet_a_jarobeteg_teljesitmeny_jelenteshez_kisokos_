--- v0 (2025-12-14)
+++ v1 (2026-02-15)
@@ -33,114 +33,123 @@
       <w:r w:rsidRPr="003B49B8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Járóbeteg-szakellátás teljesítményjelentés kisokos</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B49B8" w:rsidRDefault="003B49B8"/>
     <w:p w:rsidR="003B49B8" w:rsidRPr="00A229D6" w:rsidRDefault="003B49B8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A229D6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Jelentések beküldése:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B49B8" w:rsidRDefault="003B49B8">
+    <w:p w:rsidR="003B49B8" w:rsidRDefault="003B49B8" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- Az </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>eJelentésen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> keresztül lehet a havi teljesítményjelentéseket (TET[intézeti kód].AMB </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>file</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> névvel) minden hónap első 5 munkanapján elküldeni. Az állomány formai és tartalmi ellenőrzésen esik át, amelynek eredmény</w:t>
       </w:r>
       <w:r w:rsidR="00603F7D">
         <w:t>é</w:t>
       </w:r>
       <w:r>
         <w:t>ről egy részletes hiba állomány (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>TET[</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>intézeti kód].REP), illetve egy összesítő lista (</w:t>
       </w:r>
       <w:r w:rsidR="006E67F8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PDF</w:t>
       </w:r>
       <w:r>
         <w:t>)  készül.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B49B8" w:rsidRDefault="003B49B8">
+    <w:p w:rsidR="003B49B8" w:rsidRDefault="003B49B8" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- A </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>korrekciós</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> és pótjelentéseket egy másik rekordképen (TET[intézeti kód].AMK file névvel) lehet megküldeni, ugyanúgy a hónap </w:t>
       </w:r>
       <w:r w:rsidR="00A229D6">
         <w:t>első</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 5 munkanapján. Ezen állomány csak a jelentési időszakot megelőző tételeket tartalmazhat, a fejlécében ugyanakkor a jelentési időszakot kell feltűntetni ugyanúgy, mint a havi jelentésállománynál.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B49B8" w:rsidRDefault="003B49B8">
+    <w:p w:rsidR="003B49B8" w:rsidRDefault="003B49B8" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- A havi teljesítményállományból többet is be lehet küldeni az </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>eJelentés</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> „CSERE” </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>funkcióját</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> használva. A</w:t>
       </w:r>
       <w:r w:rsidR="00603F7D">
         <w:t>z</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> egyes jelentés állományok a meglévő adatokat szervezeti </w:t>
       </w:r>
@@ -148,755 +157,817 @@
         <w:t>egység</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> szinten írják felül, vagyis a különböző telephelyek jelentései nem fogják egymást felülírni, csak a saját korábbi </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>verzióikat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. Több telephely esetén (is) </w:t>
       </w:r>
       <w:r w:rsidR="00A229D6">
         <w:t>könnyebbséget</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>jelenthet</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> ha nem egy hatalmas jelentés állományt küldenek be, hanem több kisebbet, így a hibalistákat is könnyebb a megfelelő szervezeti egységekhez visszajuttatni, kezelni.</w:t>
+        <w:t xml:space="preserve"> ha nem egy hatalmas jelentés </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>állományt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> küldenek be, hanem több kisebbet, így a hibalistákat is könnyebb a megfelelő szervezeti egységekhez visszajuttatni, kezelni.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B49B8" w:rsidRDefault="003B49B8">
+    <w:p w:rsidR="003B49B8" w:rsidRDefault="003B49B8" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- A </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>korrekciós</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> jelentések esetén a felülírás rekord (eset) szintű</w:t>
       </w:r>
       <w:r w:rsidR="006E67F8">
         <w:t xml:space="preserve">. Itt is érdemes lehet a különböző okokból </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006E67F8">
         <w:t>korrigálandó</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006E67F8">
         <w:t xml:space="preserve"> tételeket fizikailag is külön jelenteni a könnyebb kezelhetőség érdekében.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E67F8" w:rsidRDefault="006E67F8"/>
-    <w:p w:rsidR="003B49B8" w:rsidRPr="00A229D6" w:rsidRDefault="003B49B8">
+    <w:p w:rsidR="006E67F8" w:rsidRDefault="006E67F8" w:rsidP="004A2104">
       <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B49B8" w:rsidRPr="00A229D6" w:rsidRDefault="003B49B8" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A229D6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Beolvasást követő hibalisták/visszaigazolók:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E67F8" w:rsidRDefault="006E67F8">
+    <w:p w:rsidR="006E67F8" w:rsidRDefault="006E67F8" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- A beküldést követően </w:t>
       </w:r>
       <w:r w:rsidR="0008453A">
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0008453A">
         <w:t xml:space="preserve">a beküldött rekordszámtól és </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">az éppen </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>aktuális</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> szerver leterheltségtől függően - pár percen </w:t>
       </w:r>
       <w:r w:rsidR="0008453A">
         <w:t xml:space="preserve">belül </w:t>
       </w:r>
       <w:r>
         <w:t>visszaküldé</w:t>
       </w:r>
       <w:r w:rsidR="0008453A">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>re kerül a hibalista és a visszaigazoló lista.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E67F8" w:rsidRDefault="006E67F8">
+    <w:p w:rsidR="006E67F8" w:rsidRDefault="006E67F8" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="0008453A">
         <w:t>Ha a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> visszaigazoló lista nem tartalmazza a szervezeti egység szintű adatokat, akkor olyan hiba történt, ami megakadályozta az egész állomány feldolgozását. Ennek oka megjelenik a lista tetején. (pl. „Lezárt időszak”, ami arra utal, hogy a fejléc alapján egy már lezárt, korábbi időszakra szóló jelentést próbáltak véletlenül leadni, amit egyáltalán nem dolgozott fel a rendszer)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E67F8" w:rsidRDefault="006E67F8">
+    <w:p w:rsidR="006E67F8" w:rsidRDefault="006E67F8" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- A hibalista (REP) egy ugyanolyan </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>struktúrájú</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> szöveges állomány, mint a jelentésállomány, kiegészítve a végén </w:t>
       </w:r>
       <w:r w:rsidR="0008453A">
         <w:t xml:space="preserve">egy mezőszám hosszú </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">hiba mezővel, melyben azon a pozíción találhatóak meg a hibakódok, </w:t>
       </w:r>
       <w:r w:rsidR="0008453A">
         <w:t>ahányadik</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mezőben történt a hiba. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="003B49B8" w:rsidRDefault="003B49B8"/>
-    <w:p w:rsidR="0008453A" w:rsidRDefault="0008453A">
+    <w:p w:rsidR="003B49B8" w:rsidRDefault="003B49B8" w:rsidP="004A2104">
       <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0008453A" w:rsidRDefault="0008453A" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B49B8" w:rsidRPr="00A229D6" w:rsidRDefault="003B49B8">
+    <w:p w:rsidR="003B49B8" w:rsidRPr="00A229D6" w:rsidRDefault="003B49B8" w:rsidP="004A2104">
       <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A229D6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Elszámolást követő visszaigazolások/állományok:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E67F8" w:rsidRDefault="006E67F8">
+    <w:p w:rsidR="006E67F8" w:rsidRDefault="006E67F8" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t>- Az elszámolást követően a hónap utolsó napjaiban kerül visszaküldésre az elszámolási listákat és hibalistákat tartalmazó csomag (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Vissza[</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>intézeti kód][elszámolási időszak].ZIP)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E67F8" w:rsidRDefault="0024484D">
+    <w:p w:rsidR="006E67F8" w:rsidRDefault="0024484D" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t>A tömörített állományban lévő egyes állományok:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024484D" w:rsidRDefault="0024484D">
+    <w:p w:rsidR="0024484D" w:rsidRDefault="0024484D" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">IG[intézeti kód][elszámolási időszak].PDF – Összesített </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>finanszírozási</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> adatok.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024484D" w:rsidRDefault="0024484D">
+    <w:p w:rsidR="0024484D" w:rsidRDefault="0024484D" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">OSSZ[intézeti kód][elszámolási időszak].PDF – Szervezeti egység szinten csoportosított </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>finanszírozási</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> adatok.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024484D" w:rsidRDefault="0024484D">
+    <w:p w:rsidR="0024484D" w:rsidRDefault="0024484D" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>RESZ[</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>intézeti kód][elszámolási időszak].PDF – Részletes elszámolási adatok, szervezeti egység és beavatkozás kódok szintjén összesítve</w:t>
       </w:r>
       <w:r w:rsidR="002A199E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A199E" w:rsidRDefault="002A199E">
+    <w:p w:rsidR="002A199E" w:rsidRDefault="002A199E" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>DI[</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>intézeti kód][elszámolási időszak].PDF –</w:t>
       </w:r>
       <w:r w:rsidR="00E125FD">
         <w:t xml:space="preserve"> Az egyes előirányzatokhoz tartozó intézményi </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E125FD">
         <w:t>degresszált</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E125FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E125FD">
         <w:t>pntokat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E125FD">
         <w:t xml:space="preserve"> és pontértékeket tartalmazó táblázat</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E125FD" w:rsidRDefault="00E125FD">
+    <w:p w:rsidR="00E125FD" w:rsidRDefault="00E125FD" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>JB[</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve">intézeti kód][elszámolási időszak].XLS – Excel formátumú beavatkozáskódra összesített elszámolási adatok. </w:t>
       </w:r>
       <w:r w:rsidR="004D447B">
         <w:t>Mezők tartalma:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5450" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="4370"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>IDOSZAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Elszámolási időszak</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>MEGYE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Megye kód</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>INTKOD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>NEAK kód</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>GYFKOD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Szervezeti egységkód</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>TERKAT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve">Térítési </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>kategória</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="2400"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>SZERTIP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Szervezeti egység típusa:</w:t>
             </w:r>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:br/>
               <w:t>A _ Ambulancia</w:t>
             </w:r>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
@@ -951,89 +1022,91 @@
               </w:rPr>
               <w:br/>
               <w:t>MR - MR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="2700"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>ELSZTIP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Elszámolás típusa:</w:t>
             </w:r>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:br/>
               <w:t>J - Járó</w:t>
             </w:r>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
@@ -1142,90 +1215,92 @@
               </w:rPr>
               <w:br/>
               <w:t>G - Gondozó</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="1800"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>ORSZPTIP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Pontérték típusa</w:t>
             </w:r>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:br/>
               <w:t>J - Járó</w:t>
             </w:r>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
@@ -1272,533 +1347,547 @@
               </w:rPr>
               <w:br/>
               <w:t>C - CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>ESET</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Esetszám</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>WHOKOD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Beavatkozás kód</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>SZSZAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Beavatkozás mennyisége</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>SZAMOLT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Pont</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>FORINT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Forint</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>ERVENYES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Az ellátás időszaka</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="600"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>AKTPONT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve">A </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>forintosításnál</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004D447B">
@@ -1808,822 +1897,849 @@
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve"> figyelembe vett pontérték időszaka</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="600"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>JKV_DAT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve">Ellenőrzés miatti visszavonás jegyzőkönyvének </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>dátuma</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidTr="004D447B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>STATUS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004D447B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D447B" w:rsidRPr="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D447B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Finanszírozott-e a sok vagy sem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004D447B" w:rsidRDefault="004D447B"/>
-    <w:p w:rsidR="004D447B" w:rsidRDefault="004D447B">
+    <w:p w:rsidR="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D447B" w:rsidRDefault="004D447B" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>TET[</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve">intézeti kód][elszámolási időszak].DBF – Tételes, esetszintű </w:t>
       </w:r>
       <w:r w:rsidR="002471BC">
         <w:t>forintosított adatok.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7440" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1071"/>
         <w:gridCol w:w="6480"/>
       </w:tblGrid>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>IDOSZAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Elszámolási időszak</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>R_AZON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Rendelő azonosító</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>NAPLO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Napló</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>DATUM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Dátum</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>FORINT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Finanszírozott</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve"> forint</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>RTERDIJ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Résztérítés díj</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>OJOTE_FT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Jogviszony ellenőrzés forintja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>GY14A_FT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve">A </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>finanszírozott</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="001A5F0F">
@@ -2634,639 +2750,665 @@
               </w:rPr>
               <w:t xml:space="preserve"> forintból a 14 év alatti gyermekek 10%-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>os</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve"> plusz díja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001A5F0F" w:rsidRDefault="001A5F0F"/>
-    <w:p w:rsidR="001A5F0F" w:rsidRDefault="001A5F0F">
+    <w:p w:rsidR="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Hibalisták: </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>FEK[</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve">intézeti kód].REP, </w:t>
       </w:r>
       <w:r w:rsidR="005A6F2A">
         <w:t>TET</w:t>
       </w:r>
       <w:r>
         <w:t>[intézeti kód].REP, SBO[intézeti kód].REP</w:t>
       </w:r>
       <w:r w:rsidR="00192641">
         <w:t>,XTK_[intézeti kód].REP</w:t>
       </w:r>
+      <w:r w:rsidR="004A2104">
+        <w:t>, LEL[intézeti kód].REP</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001A5F0F" w:rsidRDefault="001A5F0F">
+    <w:p w:rsidR="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t>Azon ellenőrzések, amiket nem lehet a beolvasáskor végrehajtani, vagy az elszámolás során jönnek elő, utólag kerülnek elvégezésre és ezek eredményeit tartalmazó állományok az elszámolási táblákkal együttesen kerülnek kiküldésre.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A5F0F" w:rsidRDefault="001A5F0F">
+    <w:p w:rsidR="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A FEK állomány a fekvő-járó átfedésen, illetve a 10 napos szabályon elbukott tételeket tartalmazza. Az állomány eleje a beküldési rekordkép szerinti </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>struktúrájú</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>, a végén lévő plusz mezők pedig az ütközés fekvő intézmények adatait tartalmazzák:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5854" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1266"/>
         <w:gridCol w:w="252"/>
         <w:gridCol w:w="4480"/>
       </w:tblGrid>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>MEGYE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...2 lines deleted...]
-              <w:jc w:val="right"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Megye</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>INTKOD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...2 lines deleted...]
-              <w:jc w:val="right"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>NEAK kód</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>GYFKOD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...2 lines deleted...]
-              <w:jc w:val="right"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Osztálykód</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>TORZSSZAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...2 lines deleted...]
-              <w:jc w:val="right"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Törzsszám</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>FELIDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...2 lines deleted...]
-              <w:jc w:val="right"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve">Felvétel </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>dátuma</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="001A5F0F">
@@ -3277,124 +3419,126 @@
               </w:rPr>
               <w:t xml:space="preserve"> (ÉÉÉÉHHNN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>TAVIDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...2 lines deleted...]
-              <w:jc w:val="right"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve">Távozás </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>dátuma</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="001A5F0F">
@@ -3405,367 +3549,419 @@
               </w:rPr>
               <w:t xml:space="preserve"> (ÉÉÉÉHHNN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...17 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="hu-HU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5F0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="hu-HU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>HBCS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...2 lines deleted...]
-              <w:jc w:val="right"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>HBCs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve"> kód</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidTr="001A5F0F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...18 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="hu-HU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5F0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="hu-HU"/>
+              </w:rPr>
               <w:t>FELSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...2 lines deleted...]
-              <w:jc w:val="right"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="001A5F0F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A5F0F" w:rsidRPr="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve">A </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>HBCs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001A5F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve"> felső határnapja (10 napos szabályhoz)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001A5F0F" w:rsidRDefault="001A5F0F"/>
-    <w:p w:rsidR="001A5F0F" w:rsidRDefault="001A5F0F">
+    <w:p w:rsidR="001A5F0F" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00647C72" w:rsidRDefault="001A5F0F" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Az</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A6F2A">
         <w:t>TET</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> állományba azon esetek kerülnek, amelyeknél a beolvasás során még érvényes volt a TAJ, de az elszámolás idejére már </w:t>
       </w:r>
       <w:r w:rsidR="005A6F2A">
         <w:t>rögzítésre kerültek</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a passziválási adatok és </w:t>
       </w:r>
       <w:r w:rsidR="005A6F2A">
         <w:t xml:space="preserve">így az ellátás idején már érvénytelen volt, </w:t>
       </w:r>
       <w:r>
         <w:t>ezért</w:t>
       </w:r>
       <w:r w:rsidR="005A6F2A">
         <w:t xml:space="preserve"> utólag hibalistára kerültek. Az állomány </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005A6F2A">
         <w:t>struktúrája</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005A6F2A">
         <w:t xml:space="preserve"> a beolvasáskori hibalistával egyező (REP).</w:t>
       </w:r>
+      <w:r w:rsidR="00647C72">
+        <w:t xml:space="preserve"> Elképzelhető az itt leírtaknak az ellentéte is, miszerint a beolvasáskor még kapott hibajelzést egy TAJ, de az elszámolás idején, már elfogadható volt a TAJ nyilvántartás alapján. Ebben az </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00647C72">
+        <w:t xml:space="preserve">esetben az érintett eset elszámolásra kerül és a fent leírt </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00647C72">
+        <w:t>TET[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00647C72">
+        <w:t>intézeti kód</w:t>
+      </w:r>
+      <w:r w:rsidR="00647C72">
+        <w:t>].DBF állományban lesz megtalálható a többi elfogadott eset mellett.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005A6F2A" w:rsidRDefault="005A6F2A">
+    <w:p w:rsidR="005A6F2A" w:rsidRDefault="005A6F2A" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Az SBO állomány azon </w:t>
       </w:r>
       <w:r w:rsidR="00A229D6">
         <w:t xml:space="preserve">sürgősségi osztályokon ellátott </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">eseteket tartalmazza, amelyeket </w:t>
       </w:r>
       <w:r w:rsidR="00A229D6">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A229D6">
         <w:t>triázs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A229D6">
         <w:t xml:space="preserve"> jelentés nem tartalmazott. Az állomány </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A229D6">
         <w:t>struktúrája</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A229D6">
         <w:t xml:space="preserve"> a beolvasáskori hibalistával egyező (REP).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00192641" w:rsidRDefault="00192641">
+    <w:p w:rsidR="00192641" w:rsidRDefault="00192641" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Az XTK_ állományban a „0X” térítési </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>kategóriában</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> jelenthető esetek elszámolás előtti ellenőrzésének hibalistája található. A sorok végén szabványos hibamező található.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00192641" w:rsidSect="0080658B">
+    <w:p w:rsidR="004A2104" w:rsidRDefault="004A2104" w:rsidP="004A2104">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>LEL</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> állományban azon képalkotó ellátások szerepelnek, ahol a felvétel és a hozzákapcsolódó lelet beavatkozásban van hiba. A hibakódok vagy az érintett beavatkozás vagy annak mennysége alatt vannak a hibakód leírásnak megfelelően. </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="004A2104" w:rsidSect="004A2104">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1274" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
@@ -3780,110 +3976,114 @@
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003B49B8"/>
     <w:rsid w:val="00013F6D"/>
     <w:rsid w:val="0008453A"/>
     <w:rsid w:val="001377FC"/>
     <w:rsid w:val="00192641"/>
     <w:rsid w:val="001A23F2"/>
     <w:rsid w:val="001A5F0F"/>
     <w:rsid w:val="002063EB"/>
     <w:rsid w:val="0024078D"/>
     <w:rsid w:val="0024484D"/>
     <w:rsid w:val="002471BC"/>
     <w:rsid w:val="002A199E"/>
     <w:rsid w:val="002C4698"/>
     <w:rsid w:val="003B49B8"/>
+    <w:rsid w:val="004A2104"/>
     <w:rsid w:val="004B2490"/>
     <w:rsid w:val="004D447B"/>
     <w:rsid w:val="004E3440"/>
     <w:rsid w:val="00532870"/>
     <w:rsid w:val="00572EFE"/>
     <w:rsid w:val="00581DDF"/>
     <w:rsid w:val="005A6F2A"/>
     <w:rsid w:val="005E71FF"/>
     <w:rsid w:val="00603F7D"/>
     <w:rsid w:val="0062016A"/>
     <w:rsid w:val="00623A66"/>
+    <w:rsid w:val="00647C72"/>
     <w:rsid w:val="006A79A6"/>
     <w:rsid w:val="006E67F8"/>
     <w:rsid w:val="007D35AA"/>
     <w:rsid w:val="007E0398"/>
     <w:rsid w:val="0080658B"/>
+    <w:rsid w:val="008071C0"/>
     <w:rsid w:val="00824426"/>
     <w:rsid w:val="008B7982"/>
     <w:rsid w:val="00947F4D"/>
     <w:rsid w:val="009A6ED3"/>
     <w:rsid w:val="009D3088"/>
     <w:rsid w:val="009F2DC2"/>
     <w:rsid w:val="009F3F91"/>
     <w:rsid w:val="00A229D6"/>
     <w:rsid w:val="00A40FFD"/>
     <w:rsid w:val="00A52033"/>
     <w:rsid w:val="00B954CD"/>
     <w:rsid w:val="00BE6CFC"/>
     <w:rsid w:val="00C0153A"/>
     <w:rsid w:val="00D114BD"/>
     <w:rsid w:val="00DC52F6"/>
     <w:rsid w:val="00E125FD"/>
     <w:rsid w:val="00E331D1"/>
     <w:rsid w:val="00E333D6"/>
+    <w:rsid w:val="00E619D6"/>
     <w:rsid w:val="00FE0E0F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5E68390D"/>
+  <w14:docId w14:val="44413AF9"/>
   <w15:docId w15:val="{11EBE9C3-954B-4C64-9376-665F79ED2D18}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hu-HU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4608,65 +4808,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>722</Words>
-  <Characters>4987</Characters>
+  <Words>797</Words>
+  <Characters>5502</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>OEP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5698</CharactersWithSpaces>
+  <CharactersWithSpaces>6287</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>KrivacsyZs</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>